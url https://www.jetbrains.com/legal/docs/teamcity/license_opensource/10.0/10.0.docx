--- v0 (2026-01-05)
+++ v1 (2026-01-07)
@@ -1722,51 +1722,51 @@
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="4080" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4800" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="990">
-    <w:nsid w:val="1f36c606"/>
+    <w:nsid w:val="dc6c2422"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1200" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>